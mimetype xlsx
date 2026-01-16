--- v0 (2025-11-21)
+++ v1 (2026-01-16)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1540" uniqueCount="706">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1661" uniqueCount="758">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -1052,50 +1052,122 @@
   <si>
     <t>5552</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5552/indicacao_79_017517.pdf</t>
   </si>
   <si>
     <t>Conceda a isenção do pagamento da tarifa de travessia do lago de Miranda, por meio da balsa para pessoas com deficiência ou responsável legal, podendo, para tanto, ser criada uma carteirinha de identificação que contenha o nome da pessoa com deficiência e de seu responsável.</t>
   </si>
   <si>
     <t>5553</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5553/indicao_n80_2025_017656.pdf</t>
   </si>
   <si>
     <t>Solicita que nas viagens realizadas pela Prefeitura Municipal com os grupos de idosos seja designado um profissional da área da saúde para acompanhar os participantes.</t>
   </si>
   <si>
+    <t>5563</t>
+  </si>
+  <si>
+    <t>81</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5563/indicacao_n81_017919.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Poder Executivo Municipal que encaminhe Projeto de Lei concedendo subvenção social à Associação de Proteção Animal Amigo Urso, entidade que atua na defesa e bem-estar dos animais no município de Indianópolis-MG.</t>
+  </si>
+  <si>
+    <t>5564</t>
+  </si>
+  <si>
+    <t>82</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5564/indicacao_n82_017921.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a reforma dos gols e a instalação de bebedouro para os atletas que utilizam a quadra esportiva situada no Centro Múltiplo Uso.</t>
+  </si>
+  <si>
+    <t>5565</t>
+  </si>
+  <si>
+    <t>83</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5565/indicacao_n83_017923.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a criação de um Programa Municipal de Auxílio e Suporte aos Atletas portadores de Deficiência que representam o Município em competições esportivas.</t>
+  </si>
+  <si>
+    <t>5567</t>
+  </si>
+  <si>
+    <t>84</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5567/indicacao_n84_017966.pdf</t>
+  </si>
+  <si>
+    <t>Solicita a revisão da Lei Municipal nº 2.109, de 2022, de modo a assegurar que o benefício do auxílio alimentação não sofra desconto quando se tratar de falta devidamente justificada de gestantes.</t>
+  </si>
+  <si>
+    <t>5569</t>
+  </si>
+  <si>
+    <t>85</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5569/indicacao_n_85_017969.pdf</t>
+  </si>
+  <si>
+    <t>Indica ao Executivo Municipal que estude a possibilidade de instituir a gratificação au pagamento de hora extra aos Conselheiros Tutelares que , mesmo estando em sua folga, forem convocados para atuar em regimento de reforço nas demandas do Conselho Tutelar.</t>
+  </si>
+  <si>
+    <t>5571</t>
+  </si>
+  <si>
+    <t>86</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5571/indicacao_n_86_018109.pdf</t>
+  </si>
+  <si>
+    <t>Solicita ao Prefeito Municipal construção de redutores de velocidade na Avenida Tiradentes.</t>
+  </si>
+  <si>
     <t>5352</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5352/requerimento_n1_005572.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca do processo licitatório de alienação da área ao lado da balsa municipal.</t>
   </si>
   <si>
     <t>5354</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5354/requerimento_n2_005575.pdf</t>
   </si>
   <si>
     <t>Solicita cronograma de atividades  esportivas programadas para o Exercício 2025.</t>
   </si>
   <si>
     <t>5355</t>
@@ -1304,50 +1376,68 @@
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5528/requerimento_n24_017038.pdf</t>
   </si>
   <si>
     <t>Solicita informações complementares acerca do Programa "Morar Melhor" de reforma e melhoria das habitações populares.</t>
   </si>
   <si>
     <t>5529</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5529/requerimento_n25_017035.pdf</t>
   </si>
   <si>
     <t>Solicita informações acerca das análises e estudos realizados pelo Executivo Municipal sobre a viabilidade das Indicações n.º 23 e 58, apresentadas por esta Casa Legislativa.</t>
   </si>
   <si>
     <t>5538</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5538/req26_2025_016409.pdf</t>
   </si>
   <si>
     <t>Solicita informações detalhadas acerca da atual situação da Casa da Cultura, imóvel tombado, de propriedade do Município.</t>
   </si>
   <si>
+    <t>5566</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5566/requerimento_27_017964.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações detalhadas acerca dos loteamentos, cujas obras e projetos se encontram em andamento, no Município de Indianópolis-MG.</t>
+  </si>
+  <si>
+    <t>5568</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5568/requerimento_n28_017961.pdf</t>
+  </si>
+  <si>
+    <t>Solicita informações referente ao controle de ponto e justificativas de faltas dos servidores públicos municipais.</t>
+  </si>
+  <si>
     <t>5349</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar</t>
   </si>
   <si>
     <t>Selmo Alves de Souza</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5349/mensagem_no_4-_altera_ctm_desconto_iptu-_taxas.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo único nos arts. 50 e 90 da Lei Complementar n.º 11, de 31 de dezembro de 1997, que dispõe sobre o Código Tributário do Município de Indianópolis MG, e dá outras providências.</t>
   </si>
   <si>
     <t>5405</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5405/mensagem_no_9-__a_o_inciso_iv_ao_art._31_lei_complementar_n_52_-__zoneamento_-_habitacao_interesse_social.docx.pdf</t>
   </si>
   <si>
     <t>Acresce o inciso IV ao art. 31 da Lei Complementar n.º 52, de 23 de julho de 2019.</t>
@@ -1505,102 +1595,157 @@
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5545/mocao_de_aplausos_n12_106957.pdf</t>
   </si>
   <si>
     <t>Consigna votos de aplausos a Sra. Karoline Lara Corrêa , coroada como '' Miss Brasil Café 2026,'' na 13º edição do evento.</t>
   </si>
   <si>
     <t>5551</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5551/mocao_13_de_2025.pdf</t>
   </si>
   <si>
     <t>Consigna votos de aplausos ao 53º Batalhão da Polícia Militar, pela realização da Ação Cívico - Social - ACISO, ocorrida no dia 28 de outubro de 2025, neste Município.</t>
   </si>
   <si>
     <t>5554</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5554/mocao_n14_017676.pdf</t>
   </si>
   <si>
     <t>Consigna votos de aplausos aos policiais militares de Indianópolis, de modo especial aos que participaram das últimas ocorrências de recuperação e prisão, datada e registrada em 01 de novembro de 2025.</t>
   </si>
   <si>
+    <t>5562</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5562/mocao_de_aplausos_n15_017958.pdf</t>
+  </si>
+  <si>
+    <t>Consigna votos de aplausos aos profissionais da educação de Indianópolis-MG que foram homenageadas no evento do Programa “Compromisso Nacional Criança Alfabetizada”, ocorrido em 27 de novembro de 2025.</t>
+  </si>
+  <si>
+    <t>5573</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5573/mocao_16_018107.pdf</t>
+  </si>
+  <si>
+    <t>Consigna votos de aplausos ao Médico, Dr. Eduardo Pereira Silva, pelos serviços médicos prestados ao Município de Indianópolis-MG .</t>
+  </si>
+  <si>
+    <t>5574</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5574/mocao_17_108126.pdf</t>
+  </si>
+  <si>
+    <t>Consigna votos de aplausos ao Sr. Renato Alves da Silva, motorista da Prefeitura Municipal, lotado no transporte da AMVAP Saúde, e à Sra. Maria das Graças Pereira da Silva, auxiliar no transporte, em reconhecimento ao relevante trabalho desempenhado, que culminou na premiação de Destaque da AMVAP Saúde.</t>
+  </si>
+  <si>
+    <t>5575</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5575/mocao.pdf</t>
+  </si>
+  <si>
+    <t>Consigna votos de aplausos ao Sr. Carlos_x000D_
+Roberto dos Santos, em reconhecimento aos_x000D_
+relevantes, contínuos e inestimáveis serviços_x000D_
+prestados ao Município ao longo de quase 37_x000D_
+(trinta e sete) anos de dedicação à Prefeitura_x000D_
+Municipal, exercendo suas funções na área de_x000D_
+manutenção e conservação do sistema da Rede de_x000D_
+Esgoto.</t>
+  </si>
+  <si>
     <t>5353</t>
   </si>
   <si>
     <t>PRL</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
     <t>Marcos Túlio da Silva, Janizio Moacir Vaz de Resende, Clodoaldo José Borges</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5353/pr_1_2025_005472.pdf</t>
   </si>
   <si>
     <t>Altera a Resolução n.º 177, de 12 de dezembro de 2012, que estabelece o Regimento Interno da Câmara Municipal.</t>
   </si>
   <si>
     <t>5512</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5512/pr_2_2025_016426.pdf</t>
   </si>
   <si>
     <t>Aprova a proposta de Orçamento da Câmara Municipal de Indianópolis-MG, para o exercício de 2026.</t>
   </si>
   <si>
     <t>5550</t>
   </si>
   <si>
     <t>Clodoaldo José Borges, Janizio Moacir Vaz de Resende, Marcos Túlio da Silva</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5550/projeto_resolucao_n3_2025_107171.pdf</t>
   </si>
   <si>
     <t>Altera o art. 52 do Regimento Interno da Câmara Municipal de Indianópolis.</t>
   </si>
   <si>
+    <t>5572</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5572/projeto_de_resolucao_n4_108091.pdf</t>
+  </si>
+  <si>
+    <t>Cria o Programa de Integridade, composto de Conselho e Código de Conduta da  Câmara Municipal de Indianópolis-MG, e dá outras providências.</t>
+  </si>
+  <si>
     <t>5539</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>CFC - Comissão de Finanças e Controle</t>
   </si>
   <si>
-    <t>Processo n.° 9877706, do Tribunal de Contas do Estado de Minas Gerais, que julga as contas do Executivo Municipal de Indianópolis, referente ao exercício de 2015.</t>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5539/pj_de_decreto_legislativo_1.pdf</t>
+  </si>
+  <si>
+    <t>Aprova as contas do Executivo Municipal de Indianópolis, Estado de Minas Gerais, relativas ao exercício financeiro de 2015, e mantém o parecer prévio do Tribunal de Contas de Minas Gerais.</t>
   </si>
   <si>
     <t>5346</t>
   </si>
   <si>
     <t>PLO</t>
   </si>
   <si>
     <t>Projeto de Lei Ordinária</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5346/mensagem_no_1-2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a contratação de profissionais para atender à Política Municipal de Educação Especial instituída pela Lei Municipal n.º 2.087, de 25 de abril de 2022, fixa vencimentos e dá outras providências.</t>
   </si>
   <si>
     <t>5347</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5347/mensagem_no_2-__altera_a_lei_municipal_no_1.955-_agente_saude.pdf</t>
   </si>
   <si>
     <t>Cria vagas para os cargos de Agente Comunitário de Saúde (ACS) e de Agente de Combate às Endemias (ACE), sob regime previsto na Lei Municipal n.º 1.955, de 31 de agosto de 2018.</t>
   </si>
@@ -2040,51 +2185,51 @@
   <si>
     <t>Dispõe sobre a prevenção e punição administrativa aos maus-tratos e ao abandono de animais domésticos e considerados em situação de rua, nas zonas urbana e rural do Município de Indianópolis/MG, e dá outras providências.</t>
   </si>
   <si>
     <t>5523</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5523/mensagem_no_42_autoriza_a_celebracao_de_acordo_de_cooperacao_entre_o_estado_de_minas_gerais_por_intermedio_da_policia_civil_e_o_municipio_de_indianopolis-mg.pdf</t>
   </si>
   <si>
     <t>Autoriza a celebração de acordo de cooperação entre o Estado de Minas Gerais, por intermédio da Polícia Civil e o Município de Indianópolis-MG.</t>
   </si>
   <si>
     <t>5532</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5532/mensagem_44_-_loa_2026.pdf</t>
   </si>
   <si>
     <t>Estima a receita e fixa a despesa do Município de Indianópolis-MG, para o exercício financeiro de 2026.</t>
   </si>
   <si>
     <t>5540</t>
   </si>
   <si>
-    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5540/mensagem_no_45_merged_1.pdf</t>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5540/mensagem_n45_017854.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para pagamento de incentivo financeiro no âmbito do Programa Nacional de Qualificação da Assistência Farmacêutica no Sistema Único de Saúde – QUALIFAR-SUS – Eixo Estrutura, referente ao exercício de 2025, e dá outras providências.</t>
   </si>
   <si>
     <t>5546</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5546/projeto_lei_n54_017658.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inclusão do ensino da matéria “Educação Financeira”, de forma transversal, nos anos finais do Ensino Fundamental da rede de educação pública do Município de Indianópolis-MG e dá outras providências.</t>
   </si>
   <si>
     <t>5555</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5555/mensagem_n.o__48.pdf</t>
   </si>
   <si>
     <t>Revoga o §1º, do art. 5º, da Lei Municipal n.º 1.848, de 30 de junho de 2014, que cria o Conselho Municipal do Desporto, dispõe sobre a concessão de subvenções e auxílios às entidades esportivas, e dá outras providências.</t>
   </si>
   <si>
     <t>5556</t>
   </si>
@@ -2094,63 +2239,81 @@
   <si>
     <t>Autoriza a concessão de subvenção social à Beneficência Evangélica Araguarina (BEA), no exercício de 2026.</t>
   </si>
   <si>
     <t>5557</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5557/mensagem_no_50-_subvencao_padre_panfilio_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção social ao Lar dos Idosos Padre Panfílio de Nova Ponte-MG, no exercício de 2026.</t>
   </si>
   <si>
     <t>5558</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5558/mensagem_no_51_-_subvencao_folia_reis_2025.pdf</t>
   </si>
   <si>
     <t>Autoriza a concessão de subvenção social à Associação das Folias de Reis de Indianópolis, no exercício de 2026.</t>
   </si>
   <si>
     <t>5559</t>
   </si>
   <si>
-    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5559/mensagem_no_52__e_documentos.pdf</t>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5559/mensagem_52_pl_n59_017896.pdf</t>
   </si>
   <si>
     <t>Altera a denominação de vias de circulação localizadas no Residencial Tamboré Miranda, no Município de Indianópolis-MG.</t>
   </si>
   <si>
     <t>5560</t>
   </si>
   <si>
-    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5560/mensagem_no_53.pdf</t>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5560/mensagem_n53_017904.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a realizar premiação, em pecúnia, aos três blocos carnavalescos vencedores e à Rainha do Carnaval 2026 de Indianópolis-MG, e dá outras providências.</t>
+  </si>
+  <si>
+    <t>5561</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5561/memsagem_n54_017911.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo a conceder gratificação especial, em parcela única, aos Agentes Comunitários de Saúde (ACS) e Agentes de Combate às Endemias (ACE) do Município de Indianópolis-MG.</t>
+  </si>
+  <si>
+    <t>5570</t>
+  </si>
+  <si>
+    <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5570/mensagem_no_55.pdf</t>
+  </si>
+  <si>
+    <t>Autoriza o Poder Executivo Municipal a efetuar o repasse do incentivo adicional do Componente de Qualidade do Piso da Atenção Primária à Saúde (PAP) aos profissionais da Atenção Primária do Município de Indianópolis-MG, e dá outras providências.</t>
   </si>
   <si>
     <t>5486</t>
   </si>
   <si>
     <t>LOM</t>
   </si>
   <si>
     <t>Proposta de Emenda à LOM</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5486/mensagem_no_31_-_emenda_a_lei_organica_municipal.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo ao art. 77 da Lei Orgânica do Município de Indianópolis-MG.</t>
   </si>
   <si>
     <t>5548</t>
   </si>
   <si>
     <t>https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5548/mensagem_n.o__47.pdf</t>
   </si>
   <si>
     <t>Acrescenta parágrafo ao art. 105, da Lei Orgânica do Município de Indianópolis/MG.</t>
   </si>
@@ -2478,56 +2641,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5358/indicacao_n1_005478.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5359/indicacao_2_005479.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5356/ind_3_2025_098869.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5360/ind_4_2025_005482.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5357/ind_5_2025__098870.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5362/indicacao_n6_005559.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5363/indicacao_n7_005560.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5364/indicacao_n8_005562.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5365/indicacao_n9_005563.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5366/indicacao_n10_005564.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5367/indicacao_11_005566.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5368/indicacao_n12_005567.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5369/indicacao_n13_005568.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5370/indicacao_n14_005569.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5371/ind_15_2025_005650.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5373/ind_16_2025_005648.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5374/ind_17_2025_005646.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5372/ind_18_2025_005644.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5375/ind_19_2025_005642.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5376/ind_20_2025_005641.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5378/ind_21_2025_005786.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5379/ind_22_2025_005788.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5381/indicacao_n23_007454.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5382/imdicacao_n24_007452.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5383/indicacao_n25_007450.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5384/indicacao_n26_007448.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5388/indicacao_n27_007446.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5389/indicacao_n28_007444.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5390/indicacao_n29_007442.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5391/indicao_n30_007440.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5399/ind_31_101440.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5400/indicacao_n32_007571.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5401/indicacao_n33_007573.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5402/indicacao_n34_007569.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5423/indicacao_n35_008055.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5424/ind_36__009918.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5432/ind_37__009916.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5433/ind_38__009914.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5442/ind_39__009912.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5447/indicacao_n40_de_2025_010229.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5450/indicacao_n41_010957.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5451/indicacao_n42_010955.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5453/ind_43_2025_011282.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5454/ind_44_2025_011329.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5455/ind_45_2025_011280.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5462/indicacao_n47_013283.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5463/indicacao_n_48_013285.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5464/indicacao_n49_013287.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5466/ind_50_013890.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5472/indicacao_n51_014109.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5473/indiccao_n52_014107.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5471/indicacao_n53_014100.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5475/indicacao_n54_014098.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5476/indicacao_n55_014116.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5483/indicacao_n56_de_2025_014403.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5484/indicacao_n57_de_2025_014398.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5489/indicacao_n58_014433.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5490/indicacao_n59_014443.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5497/indicacao_n60_de_2025_015185.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5499/indicacao_61_-_vet_do_campo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5505/indicacao_n_62_105665.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5506/indicacao_n_63_105661.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5510/indicacao_n_64_105663.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5514/indicacao_n_65_105667.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5515/indicacao_n_66_105669.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5518/indicacao_67__015835.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5521/indicacao_68_105889.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5522/indicacao_69_016053.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5525/indicacao_n70_017026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5526/indicacao_n71_017028.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5530/indicacao_n72_016348.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5531/indicacao_n73_016346.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5536/ind_74_2025_016403.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5537/ind_75_2025_016406.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5541/indicacao_n76_017031.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5542/indicao_n_77_017033.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5544/indicacao_n78_017575.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5552/indicacao_79_017517.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5553/indicao_n80_2025_017656.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5352/requerimento_n1_005572.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5354/requerimento_n2_005575.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5355/requerimento_n3_005579.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5361/requerimento_n4_005582.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5385/requerimento_n5_007480.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5392/requerimento_n6_007482.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5393/requerimento_n7_007484.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5394/requerimento_n8_007486.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5397/requerimento_n9_007488.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5398/requerimento_n10_007490.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5426/req_11_009930.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5434/req__009927.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5435/req_13_009925.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5436/req_14_009922.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5437/req_15_009920.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5448/requerimento_n16_010226.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5456/req_17_2025_011331.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5478/requerimento_n18_014142.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5479/requerimento_n19_014145.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5502/requerimento_n20_de_2025_015938.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5503/requerimento_n21_de_2025_015933.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5504/requerimento_n22_de_2025_015928.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5527/requerimento_n23_017040.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5528/requerimento_n24_017038.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5529/requerimento_n25_017035.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5538/req26_2025_016409.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5349/mensagem_no_4-_altera_ctm_desconto_iptu-_taxas.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5405/mensagem_no_9-__a_o_inciso_iv_ao_art._31_lei_complementar_n_52_-__zoneamento_-_habitacao_interesse_social.docx.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5461/mensagem_no_27_-_autoriza_alienacao_de_imoveis_minha_casa_minha_vida_-.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5524/mensagem_no_43_altera_a_lei_complementar_no_19_de_3_de_janeiro_de_2007_que_dispoe_o_plano_de_cargos_carreiras_e_vencimentos_d.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5543/mensagem_n.o__46.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5547/projeto_de_lei_complementa_n6_017678.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5549/plc_n7_017682.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5395/mocoes_de_aplausos_n1.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_de_pesar_n2_010257.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5421/mocao_de_pesar_n3_010259.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5449/mocao_de_aplauso_n4_010210.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5457/mocao_5_2025_011284.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5465/nocao_de_pesar_n06_013281.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5481/mocao_n_07_014147.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5491/mocao_de_pesar_n08_014445.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5496/mocao_de_pesar_n09_de_2025_015187.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5509/mocao_n_10_105671.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5545/mocao_de_aplausos_n12_106957.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5551/mocao_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5554/mocao_n14_017676.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5353/pr_1_2025_005472.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5512/pr_2_2025_016426.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5550/projeto_resolucao_n3_2025_107171.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5346/mensagem_no_1-2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5347/mensagem_no_2-__altera_a_lei_municipal_no_1.955-_agente_saude.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5348/mensagem_no_3-__reajuste_-_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5350/mensagem_no_5-__desconto_divida_ativa_2024.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5351/pl5_2025_098944.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5377/projeto_de_lei_n_6_2025_005718.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5386/pl7_2025_007296.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5396/projeto_de_lei_08_101179.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5403/mensagem_n7_007598.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5404/mensagem_n8_007607.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5406/pl_11_2025_mensagem_10.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5407/mensagem_n.o_11_dispoe_sobre_a_autorizacao_de_uso__por_teceiros_de_bens_publico.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5408/mensagem_pl_n13_007622.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5414/mensagem_no_13-_consorcio_ciminas.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5415/mensagem_no_14-altera_lei_n.o2.031_estrutura_administrativa_2025..pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5416/mensagem_n.15_institui_gratificacao_responsabilidade_tecnica_enfermeiro_e_cirugiao_dentista..pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5417/projeto_de_lei_n17_de_2025_007865.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5425/projeto_de_lei_n18_008478.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5427/mensagem_no_16-_subvencao_sindicato-_plano_trabalho.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5428/mensagem_no_17-_suplementacao_anulacao-_devolucao_restituicao_ld.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5430/mensagem_no_18-_autoriza_emprestimo_bdmg.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5431/mensagem_n19_008843.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5438/mensagem_n19_009938.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5439/mensagem_n_20_-pagamentos-de-talentos-2025.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5440/pl25_2025_010655.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5443/mensagem_n.o_23.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5444/mensagem_no_24_-__altera_o_art._da_lei_2.288-_anistia_desconto_nos_juros..pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5445/mensagem_no_25_-__altera_a_lei_1.780-__beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5452/mensagem_no_26_auxilio_financeiro_corrida_rides.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5467/projeto_de_lei_n30_014232.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5468/pl31__013876.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5474/projeto_de_lei_n32_de_2025_014267.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5477/mensagem_n28_pl33_014275.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5480/mensagen_n29_pl_n34_014300.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5482/mensagem_no_30-__denominacao_centro_de_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5485/lei_muni_2316_105291.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5487/mensagem_no_32-__autoriza_contratacao_para_aps-_emulti.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5488/mensagem_no_33.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5493/mensagem_34_-_protocolar-assinado-assinado.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5494/mensagem_35_protocolar.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5495/mensagem_no_36.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5498/projeto_de_lei_42_105830.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5500/mensagem_n.o_37_autoriza_a_transferencia_de_contribuicao_financeira_a_associacao_desportiva_indianopolense_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5501/mensagem_38.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5507/projeto_de_lei_45_105615.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5508/ppa_2026__2029_015519.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5516/mensagem_no_40.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5517/mensagem_no_41.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5519/projeto_de_lei_n_49_de_2025_105922.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5520/projeto_de__lei_50_015919.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5523/mensagem_no_42_autoriza_a_celebracao_de_acordo_de_cooperacao_entre_o_estado_de_minas_gerais_por_intermedio_da_policia_civil_e_o_municipio_de_indianopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5532/mensagem_44_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5540/mensagem_no_45_merged_1.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5546/projeto_lei_n54_017658.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5555/mensagem_n.o__48.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5556/mensagem_no_49-_subvencao_bea.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5557/mensagem_no_50-_subvencao_padre_panfilio_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5558/mensagem_no_51_-_subvencao_folia_reis_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5559/mensagem_no_52__e_documentos.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5560/mensagem_no_53.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5486/mensagem_no_31_-_emenda_a_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5548/mensagem_n.o__47.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5358/indicacao_n1_005478.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5359/indicacao_2_005479.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5356/ind_3_2025_098869.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5360/ind_4_2025_005482.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5357/ind_5_2025__098870.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5362/indicacao_n6_005559.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5363/indicacao_n7_005560.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5364/indicacao_n8_005562.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5365/indicacao_n9_005563.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5366/indicacao_n10_005564.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5367/indicacao_11_005566.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5368/indicacao_n12_005567.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5369/indicacao_n13_005568.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5370/indicacao_n14_005569.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5371/ind_15_2025_005650.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5373/ind_16_2025_005648.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5374/ind_17_2025_005646.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5372/ind_18_2025_005644.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5375/ind_19_2025_005642.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5376/ind_20_2025_005641.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5378/ind_21_2025_005786.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5379/ind_22_2025_005788.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5381/indicacao_n23_007454.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5382/imdicacao_n24_007452.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5383/indicacao_n25_007450.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5384/indicacao_n26_007448.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5388/indicacao_n27_007446.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5389/indicacao_n28_007444.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5390/indicacao_n29_007442.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5391/indicao_n30_007440.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5399/ind_31_101440.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5400/indicacao_n32_007571.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5401/indicacao_n33_007573.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5402/indicacao_n34_007569.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5423/indicacao_n35_008055.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5424/ind_36__009918.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5432/ind_37__009916.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5433/ind_38__009914.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5442/ind_39__009912.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5447/indicacao_n40_de_2025_010229.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5450/indicacao_n41_010957.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5451/indicacao_n42_010955.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5453/ind_43_2025_011282.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5454/ind_44_2025_011329.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5455/ind_45_2025_011280.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5462/indicacao_n47_013283.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5463/indicacao_n_48_013285.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5464/indicacao_n49_013287.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5466/ind_50_013890.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5472/indicacao_n51_014109.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5473/indiccao_n52_014107.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5471/indicacao_n53_014100.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5475/indicacao_n54_014098.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5476/indicacao_n55_014116.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5483/indicacao_n56_de_2025_014403.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5484/indicacao_n57_de_2025_014398.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5489/indicacao_n58_014433.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5490/indicacao_n59_014443.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5497/indicacao_n60_de_2025_015185.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5499/indicacao_61_-_vet_do_campo.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5505/indicacao_n_62_105665.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5506/indicacao_n_63_105661.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5510/indicacao_n_64_105663.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5514/indicacao_n_65_105667.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5515/indicacao_n_66_105669.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5518/indicacao_67__015835.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5521/indicacao_68_105889.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5522/indicacao_69_016053.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5525/indicacao_n70_017026.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5526/indicacao_n71_017028.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5530/indicacao_n72_016348.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5531/indicacao_n73_016346.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5536/ind_74_2025_016403.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5537/ind_75_2025_016406.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5541/indicacao_n76_017031.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5542/indicao_n_77_017033.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5544/indicacao_n78_017575.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5552/indicacao_79_017517.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5553/indicao_n80_2025_017656.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5563/indicacao_n81_017919.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5564/indicacao_n82_017921.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5565/indicacao_n83_017923.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5567/indicacao_n84_017966.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5569/indicacao_n_85_017969.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5571/indicacao_n_86_018109.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5352/requerimento_n1_005572.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5354/requerimento_n2_005575.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5355/requerimento_n3_005579.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5361/requerimento_n4_005582.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5385/requerimento_n5_007480.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5392/requerimento_n6_007482.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5393/requerimento_n7_007484.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5394/requerimento_n8_007486.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5397/requerimento_n9_007488.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5398/requerimento_n10_007490.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5426/req_11_009930.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5434/req__009927.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5435/req_13_009925.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5436/req_14_009922.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5437/req_15_009920.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5448/requerimento_n16_010226.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5456/req_17_2025_011331.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5478/requerimento_n18_014142.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5479/requerimento_n19_014145.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5502/requerimento_n20_de_2025_015938.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5503/requerimento_n21_de_2025_015933.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5504/requerimento_n22_de_2025_015928.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5527/requerimento_n23_017040.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5528/requerimento_n24_017038.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5529/requerimento_n25_017035.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5538/req26_2025_016409.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5566/requerimento_27_017964.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5568/requerimento_n28_017961.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5349/mensagem_no_4-_altera_ctm_desconto_iptu-_taxas.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5405/mensagem_no_9-__a_o_inciso_iv_ao_art._31_lei_complementar_n_52_-__zoneamento_-_habitacao_interesse_social.docx.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5461/mensagem_no_27_-_autoriza_alienacao_de_imoveis_minha_casa_minha_vida_-.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5524/mensagem_no_43_altera_a_lei_complementar_no_19_de_3_de_janeiro_de_2007_que_dispoe_o_plano_de_cargos_carreiras_e_vencimentos_d.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5543/mensagem_n.o__46.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5547/projeto_de_lei_complementa_n6_017678.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5549/plc_n7_017682.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5395/mocoes_de_aplausos_n1.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5422/mocao_de_pesar_n2_010257.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5421/mocao_de_pesar_n3_010259.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5449/mocao_de_aplauso_n4_010210.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5457/mocao_5_2025_011284.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5465/nocao_de_pesar_n06_013281.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5481/mocao_n_07_014147.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5491/mocao_de_pesar_n08_014445.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5496/mocao_de_pesar_n09_de_2025_015187.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5509/mocao_n_10_105671.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5545/mocao_de_aplausos_n12_106957.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5551/mocao_13_de_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5554/mocao_n14_017676.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5562/mocao_de_aplausos_n15_017958.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5573/mocao_16_018107.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5574/mocao_17_108126.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5575/mocao.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5353/pr_1_2025_005472.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5512/pr_2_2025_016426.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5550/projeto_resolucao_n3_2025_107171.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5572/projeto_de_resolucao_n4_108091.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5539/pj_de_decreto_legislativo_1.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5346/mensagem_no_1-2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5347/mensagem_no_2-__altera_a_lei_municipal_no_1.955-_agente_saude.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5348/mensagem_no_3-__reajuste_-_acs_e_ace.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5350/mensagem_no_5-__desconto_divida_ativa_2024.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5351/pl5_2025_098944.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5377/projeto_de_lei_n_6_2025_005718.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5386/pl7_2025_007296.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5396/projeto_de_lei_08_101179.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5403/mensagem_n7_007598.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5404/mensagem_n8_007607.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5406/pl_11_2025_mensagem_10.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5407/mensagem_n.o_11_dispoe_sobre_a_autorizacao_de_uso__por_teceiros_de_bens_publico.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5408/mensagem_pl_n13_007622.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5414/mensagem_no_13-_consorcio_ciminas.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5415/mensagem_no_14-altera_lei_n.o2.031_estrutura_administrativa_2025..pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5416/mensagem_n.15_institui_gratificacao_responsabilidade_tecnica_enfermeiro_e_cirugiao_dentista..pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5417/projeto_de_lei_n17_de_2025_007865.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5425/projeto_de_lei_n18_008478.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5427/mensagem_no_16-_subvencao_sindicato-_plano_trabalho.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5428/mensagem_no_17-_suplementacao_anulacao-_devolucao_restituicao_ld.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5430/mensagem_no_18-_autoriza_emprestimo_bdmg.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5431/mensagem_n19_008843.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5438/mensagem_n19_009938.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5439/mensagem_n_20_-pagamentos-de-talentos-2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5440/pl25_2025_010655.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5443/mensagem_n.o_23.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5444/mensagem_no_24_-__altera_o_art._da_lei_2.288-_anistia_desconto_nos_juros..pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5445/mensagem_no_25_-__altera_a_lei_1.780-__beneficios_eventuais.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5452/mensagem_no_26_auxilio_financeiro_corrida_rides.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5467/projeto_de_lei_n30_014232.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5468/pl31__013876.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5474/projeto_de_lei_n32_de_2025_014267.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5477/mensagem_n28_pl33_014275.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5480/mensagen_n29_pl_n34_014300.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5482/mensagem_no_30-__denominacao_centro_de_fisioterapia.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5485/lei_muni_2316_105291.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5487/mensagem_no_32-__autoriza_contratacao_para_aps-_emulti.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5488/mensagem_no_33.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5493/mensagem_34_-_protocolar-assinado-assinado.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5494/mensagem_35_protocolar.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5495/mensagem_no_36.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5498/projeto_de_lei_42_105830.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5500/mensagem_n.o_37_autoriza_a_transferencia_de_contribuicao_financeira_a_associacao_desportiva_indianopolense_e_da_outras_providencias.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5501/mensagem_38.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5507/projeto_de_lei_45_105615.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5508/ppa_2026__2029_015519.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5516/mensagem_no_40.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5517/mensagem_no_41.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5519/projeto_de_lei_n_49_de_2025_105922.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5520/projeto_de__lei_50_015919.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5523/mensagem_no_42_autoriza_a_celebracao_de_acordo_de_cooperacao_entre_o_estado_de_minas_gerais_por_intermedio_da_policia_civil_e_o_municipio_de_indianopolis-mg.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5532/mensagem_44_-_loa_2026.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5540/mensagem_n45_017854.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5546/projeto_lei_n54_017658.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5555/mensagem_n.o__48.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5556/mensagem_no_49-_subvencao_bea.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5557/mensagem_no_50-_subvencao_padre_panfilio_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5558/mensagem_no_51_-_subvencao_folia_reis_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5559/mensagem_52_pl_n59_017896.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5560/mensagem_n53_017904.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5561/memsagem_n54_017911.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5570/mensagem_no_55.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5486/mensagem_no_31_-_emenda_a_lei_organica_municipal.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.indianopolis.mg.leg.br/media/sapl/public/materialegislativa/2025/5548/mensagem_n.o__47.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H193"/>
+  <dimension ref="A1:H208"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="195.5703125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="234.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -4606,2946 +4769,3339 @@
       </c>
       <c r="D81" t="s">
         <v>11</v>
       </c>
       <c r="E81" t="s">
         <v>12</v>
       </c>
       <c r="F81" t="s">
         <v>26</v>
       </c>
       <c r="G81" s="1" t="s">
         <v>344</v>
       </c>
       <c r="H81" t="s">
         <v>345</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
         <v>346</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>10</v>
+        <v>347</v>
       </c>
       <c r="D82" t="s">
-        <v>347</v>
+        <v>11</v>
       </c>
       <c r="E82" t="s">
+        <v>12</v>
+      </c>
+      <c r="F82" t="s">
+        <v>26</v>
+      </c>
+      <c r="G82" s="1" t="s">
         <v>348</v>
       </c>
-      <c r="F82" t="s">
-[...2 lines deleted...]
-      <c r="G82" s="1" t="s">
+      <c r="H82" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
+        <v>350</v>
+      </c>
+      <c r="B83" t="s">
+        <v>9</v>
+      </c>
+      <c r="C83" t="s">
         <v>351</v>
       </c>
-      <c r="B83" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D83" t="s">
-        <v>347</v>
+        <v>11</v>
       </c>
       <c r="E83" t="s">
-        <v>348</v>
+        <v>12</v>
       </c>
       <c r="F83" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="G83" s="1" t="s">
         <v>352</v>
       </c>
       <c r="H83" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
         <v>354</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>21</v>
+        <v>355</v>
       </c>
       <c r="D84" t="s">
-        <v>347</v>
+        <v>11</v>
       </c>
       <c r="E84" t="s">
-        <v>348</v>
+        <v>12</v>
       </c>
       <c r="F84" t="s">
-        <v>65</v>
+        <v>26</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>355</v>
+        <v>356</v>
       </c>
       <c r="H84" t="s">
-        <v>356</v>
+        <v>357</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>357</v>
+        <v>358</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>25</v>
+        <v>359</v>
       </c>
       <c r="D85" t="s">
-        <v>347</v>
+        <v>11</v>
       </c>
       <c r="E85" t="s">
-        <v>348</v>
+        <v>12</v>
       </c>
       <c r="F85" t="s">
         <v>26</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>358</v>
+        <v>360</v>
       </c>
       <c r="H85" t="s">
-        <v>359</v>
+        <v>361</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>360</v>
+        <v>362</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>30</v>
+        <v>363</v>
       </c>
       <c r="D86" t="s">
-        <v>347</v>
+        <v>11</v>
       </c>
       <c r="E86" t="s">
-        <v>348</v>
+        <v>12</v>
       </c>
       <c r="F86" t="s">
-        <v>79</v>
+        <v>47</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>361</v>
+        <v>364</v>
       </c>
       <c r="H86" t="s">
-        <v>362</v>
+        <v>365</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>363</v>
+        <v>366</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>34</v>
+        <v>367</v>
       </c>
       <c r="D87" t="s">
-        <v>347</v>
+        <v>11</v>
       </c>
       <c r="E87" t="s">
-        <v>348</v>
+        <v>12</v>
       </c>
       <c r="F87" t="s">
-        <v>364</v>
+        <v>26</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>365</v>
+        <v>368</v>
       </c>
       <c r="H87" t="s">
-        <v>366</v>
+        <v>369</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>367</v>
+        <v>370</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>38</v>
+        <v>10</v>
       </c>
       <c r="D88" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E88" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F88" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>368</v>
+        <v>373</v>
       </c>
       <c r="H88" t="s">
-        <v>369</v>
+        <v>374</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>370</v>
+        <v>375</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>42</v>
+        <v>17</v>
       </c>
       <c r="D89" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E89" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F89" t="s">
-        <v>56</v>
+        <v>79</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>371</v>
+        <v>376</v>
       </c>
       <c r="H89" t="s">
-        <v>372</v>
+        <v>377</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>373</v>
+        <v>378</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>46</v>
+        <v>21</v>
       </c>
       <c r="D90" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E90" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F90" t="s">
-        <v>26</v>
+        <v>65</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>374</v>
+        <v>379</v>
       </c>
       <c r="H90" t="s">
-        <v>375</v>
+        <v>380</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>376</v>
+        <v>381</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>51</v>
+        <v>25</v>
       </c>
       <c r="D91" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E91" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F91" t="s">
-        <v>79</v>
+        <v>26</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>377</v>
+        <v>382</v>
       </c>
       <c r="H91" t="s">
-        <v>378</v>
+        <v>383</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>379</v>
+        <v>384</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>55</v>
+        <v>30</v>
       </c>
       <c r="D92" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E92" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F92" t="s">
         <v>79</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>380</v>
+        <v>385</v>
       </c>
       <c r="H92" t="s">
-        <v>381</v>
+        <v>386</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>382</v>
+        <v>387</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>60</v>
+        <v>34</v>
       </c>
       <c r="D93" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E93" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F93" t="s">
-        <v>26</v>
+        <v>388</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>383</v>
+        <v>389</v>
       </c>
       <c r="H93" t="s">
-        <v>384</v>
+        <v>390</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>385</v>
+        <v>391</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="D94" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E94" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F94" t="s">
         <v>26</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>386</v>
+        <v>392</v>
       </c>
       <c r="H94" t="s">
-        <v>387</v>
+        <v>393</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>388</v>
+        <v>394</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="D95" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E95" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F95" t="s">
-        <v>26</v>
+        <v>56</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>389</v>
+        <v>395</v>
       </c>
       <c r="H95" t="s">
-        <v>390</v>
+        <v>396</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>391</v>
+        <v>397</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>74</v>
+        <v>46</v>
       </c>
       <c r="D96" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E96" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F96" t="s">
         <v>26</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>392</v>
+        <v>398</v>
       </c>
       <c r="H96" t="s">
-        <v>393</v>
+        <v>399</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>394</v>
+        <v>400</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>78</v>
+        <v>51</v>
       </c>
       <c r="D97" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E97" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F97" t="s">
-        <v>395</v>
+        <v>79</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>396</v>
+        <v>401</v>
       </c>
       <c r="H97" t="s">
-        <v>397</v>
+        <v>402</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>398</v>
+        <v>403</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>83</v>
+        <v>55</v>
       </c>
       <c r="D98" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E98" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F98" t="s">
-        <v>26</v>
+        <v>79</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>399</v>
+        <v>404</v>
       </c>
       <c r="H98" t="s">
-        <v>400</v>
+        <v>405</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>401</v>
+        <v>406</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>88</v>
+        <v>60</v>
       </c>
       <c r="D99" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E99" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F99" t="s">
-        <v>402</v>
+        <v>26</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
       <c r="H99" t="s">
-        <v>404</v>
+        <v>408</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>405</v>
+        <v>409</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>92</v>
+        <v>64</v>
       </c>
       <c r="D100" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E100" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F100" t="s">
-        <v>406</v>
+        <v>26</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>407</v>
+        <v>410</v>
       </c>
       <c r="H100" t="s">
-        <v>408</v>
+        <v>411</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>409</v>
+        <v>412</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>97</v>
+        <v>69</v>
       </c>
       <c r="D101" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E101" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F101" t="s">
         <v>26</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>410</v>
+        <v>413</v>
       </c>
       <c r="H101" t="s">
-        <v>411</v>
+        <v>414</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>412</v>
+        <v>415</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>101</v>
+        <v>74</v>
       </c>
       <c r="D102" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E102" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F102" t="s">
         <v>26</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>413</v>
+        <v>416</v>
       </c>
       <c r="H102" t="s">
-        <v>414</v>
+        <v>417</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>415</v>
+        <v>418</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>105</v>
+        <v>78</v>
       </c>
       <c r="D103" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E103" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F103" t="s">
-        <v>406</v>
+        <v>419</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>416</v>
+        <v>420</v>
       </c>
       <c r="H103" t="s">
-        <v>417</v>
+        <v>421</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>418</v>
+        <v>422</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>109</v>
+        <v>83</v>
       </c>
       <c r="D104" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E104" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F104" t="s">
         <v>26</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>419</v>
+        <v>423</v>
       </c>
       <c r="H104" t="s">
-        <v>420</v>
+        <v>424</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>421</v>
+        <v>425</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>113</v>
+        <v>88</v>
       </c>
       <c r="D105" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E105" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F105" t="s">
-        <v>26</v>
+        <v>426</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>422</v>
+        <v>427</v>
       </c>
       <c r="H105" t="s">
-        <v>423</v>
+        <v>428</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>424</v>
+        <v>429</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="D106" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E106" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F106" t="s">
-        <v>26</v>
+        <v>430</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>425</v>
+        <v>431</v>
       </c>
       <c r="H106" t="s">
-        <v>426</v>
+        <v>432</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>427</v>
+        <v>433</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>121</v>
+        <v>97</v>
       </c>
       <c r="D107" t="s">
-        <v>347</v>
+        <v>371</v>
       </c>
       <c r="E107" t="s">
-        <v>348</v>
+        <v>372</v>
       </c>
       <c r="F107" t="s">
         <v>26</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>428</v>
+        <v>434</v>
       </c>
       <c r="H107" t="s">
-        <v>429</v>
+        <v>435</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>430</v>
+        <v>436</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>10</v>
+        <v>101</v>
       </c>
       <c r="D108" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E108" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F108" t="s">
-        <v>433</v>
+        <v>26</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>434</v>
+        <v>437</v>
       </c>
       <c r="H108" t="s">
-        <v>435</v>
+        <v>438</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>436</v>
+        <v>439</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>17</v>
+        <v>105</v>
       </c>
       <c r="D109" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E109" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F109" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>437</v>
+        <v>440</v>
       </c>
       <c r="H109" t="s">
-        <v>438</v>
+        <v>441</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>439</v>
+        <v>442</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>21</v>
+        <v>109</v>
       </c>
       <c r="D110" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E110" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F110" t="s">
-        <v>433</v>
+        <v>26</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>440</v>
+        <v>443</v>
       </c>
       <c r="H110" t="s">
-        <v>441</v>
+        <v>444</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>442</v>
+        <v>445</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>25</v>
+        <v>113</v>
       </c>
       <c r="D111" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E111" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F111" t="s">
-        <v>433</v>
+        <v>26</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>443</v>
+        <v>446</v>
       </c>
       <c r="H111" t="s">
-        <v>444</v>
+        <v>447</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>445</v>
+        <v>448</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>30</v>
+        <v>117</v>
       </c>
       <c r="D112" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E112" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F112" t="s">
-        <v>433</v>
+        <v>26</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>446</v>
+        <v>449</v>
       </c>
       <c r="H112" t="s">
-        <v>447</v>
+        <v>450</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>448</v>
+        <v>451</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>34</v>
+        <v>121</v>
       </c>
       <c r="D113" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E113" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F113" t="s">
-        <v>287</v>
+        <v>26</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>449</v>
+        <v>452</v>
       </c>
       <c r="H113" t="s">
-        <v>450</v>
+        <v>453</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>451</v>
+        <v>454</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>38</v>
+        <v>125</v>
       </c>
       <c r="D114" t="s">
-        <v>431</v>
+        <v>371</v>
       </c>
       <c r="E114" t="s">
-        <v>432</v>
+        <v>372</v>
       </c>
       <c r="F114" t="s">
-        <v>452</v>
+        <v>70</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="H114" t="s">
-        <v>454</v>
+        <v>456</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>455</v>
+        <v>457</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>10</v>
+        <v>130</v>
       </c>
       <c r="D115" t="s">
-        <v>456</v>
+        <v>371</v>
       </c>
       <c r="E115" t="s">
-        <v>457</v>
+        <v>372</v>
       </c>
       <c r="F115" t="s">
-        <v>26</v>
+        <v>47</v>
       </c>
       <c r="G115" s="1" t="s">
         <v>458</v>
       </c>
       <c r="H115" t="s">
         <v>459</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
         <v>460</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>17</v>
+        <v>10</v>
       </c>
       <c r="D116" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E116" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F116" t="s">
-        <v>209</v>
+        <v>463</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>461</v>
+        <v>464</v>
       </c>
       <c r="H116" t="s">
-        <v>462</v>
+        <v>465</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
+        <v>466</v>
+      </c>
+      <c r="B117" t="s">
+        <v>9</v>
+      </c>
+      <c r="C117" t="s">
+        <v>17</v>
+      </c>
+      <c r="D117" t="s">
+        <v>461</v>
+      </c>
+      <c r="E117" t="s">
+        <v>462</v>
+      </c>
+      <c r="F117" t="s">
         <v>463</v>
       </c>
-      <c r="B117" t="s">
-[...13 lines deleted...]
-      </c>
       <c r="G117" s="1" t="s">
-        <v>464</v>
+        <v>467</v>
       </c>
       <c r="H117" t="s">
-        <v>465</v>
+        <v>468</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>466</v>
+        <v>469</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>25</v>
+        <v>21</v>
       </c>
       <c r="D118" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E118" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F118" t="s">
-        <v>70</v>
+        <v>463</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>467</v>
+        <v>470</v>
       </c>
       <c r="H118" t="s">
-        <v>468</v>
+        <v>471</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="D119" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E119" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F119" t="s">
-        <v>209</v>
+        <v>463</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>470</v>
+        <v>473</v>
       </c>
       <c r="H119" t="s">
-        <v>471</v>
+        <v>474</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>472</v>
+        <v>475</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>34</v>
+        <v>30</v>
       </c>
       <c r="D120" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E120" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F120" t="s">
-        <v>209</v>
+        <v>463</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>473</v>
+        <v>476</v>
       </c>
       <c r="H120" t="s">
-        <v>474</v>
+        <v>477</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>475</v>
+        <v>478</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="D121" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E121" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F121" t="s">
-        <v>65</v>
+        <v>287</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>476</v>
+        <v>479</v>
       </c>
       <c r="H121" t="s">
-        <v>477</v>
+        <v>480</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>478</v>
+        <v>481</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>42</v>
+        <v>38</v>
       </c>
       <c r="D122" t="s">
-        <v>456</v>
+        <v>461</v>
       </c>
       <c r="E122" t="s">
-        <v>457</v>
+        <v>462</v>
       </c>
       <c r="F122" t="s">
-        <v>479</v>
+        <v>482</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>480</v>
+        <v>483</v>
       </c>
       <c r="H122" t="s">
-        <v>481</v>
+        <v>484</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>482</v>
+        <v>485</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>46</v>
+        <v>10</v>
       </c>
       <c r="D123" t="s">
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="E123" t="s">
-        <v>457</v>
+        <v>487</v>
+      </c>
+      <c r="F123" t="s">
+        <v>26</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="H123" t="s">
-        <v>484</v>
+        <v>489</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>485</v>
+        <v>490</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="D124" t="s">
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="E124" t="s">
-        <v>457</v>
+        <v>487</v>
       </c>
       <c r="F124" t="s">
-        <v>287</v>
+        <v>209</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>486</v>
+        <v>491</v>
       </c>
       <c r="H124" t="s">
-        <v>487</v>
+        <v>492</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>488</v>
+        <v>493</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="D125" t="s">
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="E125" t="s">
-        <v>457</v>
+        <v>487</v>
       </c>
       <c r="F125" t="s">
         <v>209</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>489</v>
+        <v>494</v>
       </c>
       <c r="H125" t="s">
-        <v>490</v>
+        <v>495</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>491</v>
+        <v>496</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>64</v>
+        <v>25</v>
       </c>
       <c r="D126" t="s">
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="E126" t="s">
-        <v>457</v>
+        <v>487</v>
       </c>
       <c r="F126" t="s">
-        <v>209</v>
+        <v>70</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>492</v>
+        <v>497</v>
       </c>
       <c r="H126" t="s">
-        <v>493</v>
+        <v>498</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>494</v>
+        <v>499</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>69</v>
+        <v>30</v>
       </c>
       <c r="D127" t="s">
-        <v>456</v>
+        <v>486</v>
       </c>
       <c r="E127" t="s">
-        <v>457</v>
+        <v>487</v>
       </c>
       <c r="F127" t="s">
-        <v>47</v>
+        <v>209</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>495</v>
+        <v>500</v>
       </c>
       <c r="H127" t="s">
-        <v>496</v>
+        <v>501</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>497</v>
+        <v>502</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>10</v>
+        <v>34</v>
       </c>
       <c r="D128" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="E128" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="F128" t="s">
-        <v>500</v>
+        <v>209</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>501</v>
+        <v>503</v>
       </c>
       <c r="H128" t="s">
-        <v>502</v>
+        <v>504</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>503</v>
+        <v>505</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>17</v>
+        <v>38</v>
       </c>
       <c r="D129" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="E129" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="F129" t="s">
-        <v>500</v>
+        <v>65</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>504</v>
+        <v>506</v>
       </c>
       <c r="H129" t="s">
-        <v>505</v>
+        <v>507</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>506</v>
+        <v>508</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="D130" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="E130" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="F130" t="s">
-        <v>507</v>
+        <v>509</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>508</v>
+        <v>510</v>
       </c>
       <c r="H130" t="s">
-        <v>509</v>
+        <v>511</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>510</v>
+        <v>512</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>10</v>
+        <v>46</v>
       </c>
       <c r="D131" t="s">
-        <v>511</v>
+        <v>486</v>
       </c>
       <c r="E131" t="s">
-        <v>512</v>
-[...1 lines deleted...]
-      <c r="F131" t="s">
+        <v>487</v>
+      </c>
+      <c r="G131" s="1" t="s">
         <v>513</v>
-      </c>
-[...1 lines deleted...]
-        <v>205</v>
       </c>
       <c r="H131" t="s">
         <v>514</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
         <v>515</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>10</v>
+        <v>51</v>
       </c>
       <c r="D132" t="s">
+        <v>486</v>
+      </c>
+      <c r="E132" t="s">
+        <v>487</v>
+      </c>
+      <c r="F132" t="s">
+        <v>287</v>
+      </c>
+      <c r="G132" s="1" t="s">
         <v>516</v>
       </c>
-      <c r="E132" t="s">
+      <c r="H132" t="s">
         <v>517</v>
-      </c>
-[...7 lines deleted...]
-        <v>519</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
+        <v>518</v>
+      </c>
+      <c r="B133" t="s">
+        <v>9</v>
+      </c>
+      <c r="C133" t="s">
+        <v>60</v>
+      </c>
+      <c r="D133" t="s">
+        <v>486</v>
+      </c>
+      <c r="E133" t="s">
+        <v>487</v>
+      </c>
+      <c r="F133" t="s">
+        <v>209</v>
+      </c>
+      <c r="G133" s="1" t="s">
+        <v>519</v>
+      </c>
+      <c r="H133" t="s">
         <v>520</v>
-      </c>
-[...19 lines deleted...]
-        <v>522</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
+        <v>521</v>
+      </c>
+      <c r="B134" t="s">
+        <v>9</v>
+      </c>
+      <c r="C134" t="s">
+        <v>64</v>
+      </c>
+      <c r="D134" t="s">
+        <v>486</v>
+      </c>
+      <c r="E134" t="s">
+        <v>487</v>
+      </c>
+      <c r="F134" t="s">
+        <v>209</v>
+      </c>
+      <c r="G134" s="1" t="s">
+        <v>522</v>
+      </c>
+      <c r="H134" t="s">
         <v>523</v>
-      </c>
-[...19 lines deleted...]
-        <v>525</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
+        <v>524</v>
+      </c>
+      <c r="B135" t="s">
+        <v>9</v>
+      </c>
+      <c r="C135" t="s">
+        <v>69</v>
+      </c>
+      <c r="D135" t="s">
+        <v>486</v>
+      </c>
+      <c r="E135" t="s">
+        <v>487</v>
+      </c>
+      <c r="F135" t="s">
+        <v>47</v>
+      </c>
+      <c r="G135" s="1" t="s">
+        <v>525</v>
+      </c>
+      <c r="H135" t="s">
         <v>526</v>
-      </c>
-[...19 lines deleted...]
-        <v>528</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
+        <v>527</v>
+      </c>
+      <c r="B136" t="s">
+        <v>9</v>
+      </c>
+      <c r="C136" t="s">
+        <v>74</v>
+      </c>
+      <c r="D136" t="s">
+        <v>486</v>
+      </c>
+      <c r="E136" t="s">
+        <v>487</v>
+      </c>
+      <c r="F136" t="s">
+        <v>209</v>
+      </c>
+      <c r="G136" s="1" t="s">
+        <v>528</v>
+      </c>
+      <c r="H136" t="s">
         <v>529</v>
-      </c>
-[...19 lines deleted...]
-        <v>531</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
+        <v>530</v>
+      </c>
+      <c r="B137" t="s">
+        <v>9</v>
+      </c>
+      <c r="C137" t="s">
+        <v>78</v>
+      </c>
+      <c r="D137" t="s">
+        <v>486</v>
+      </c>
+      <c r="E137" t="s">
+        <v>487</v>
+      </c>
+      <c r="F137" t="s">
+        <v>47</v>
+      </c>
+      <c r="G137" s="1" t="s">
+        <v>531</v>
+      </c>
+      <c r="H137" t="s">
         <v>532</v>
-      </c>
-[...19 lines deleted...]
-        <v>534</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
+        <v>533</v>
+      </c>
+      <c r="B138" t="s">
+        <v>9</v>
+      </c>
+      <c r="C138" t="s">
+        <v>83</v>
+      </c>
+      <c r="D138" t="s">
+        <v>486</v>
+      </c>
+      <c r="E138" t="s">
+        <v>487</v>
+      </c>
+      <c r="F138" t="s">
+        <v>79</v>
+      </c>
+      <c r="G138" s="1" t="s">
+        <v>534</v>
+      </c>
+      <c r="H138" t="s">
         <v>535</v>
-      </c>
-[...19 lines deleted...]
-        <v>537</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>538</v>
+        <v>536</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>42</v>
+        <v>88</v>
       </c>
       <c r="D139" t="s">
-        <v>516</v>
+        <v>486</v>
       </c>
       <c r="E139" t="s">
-        <v>517</v>
+        <v>487</v>
       </c>
       <c r="F139" t="s">
         <v>26</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>539</v>
+        <v>537</v>
       </c>
       <c r="H139" t="s">
-        <v>540</v>
+        <v>538</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
+        <v>539</v>
+      </c>
+      <c r="B140" t="s">
+        <v>9</v>
+      </c>
+      <c r="C140" t="s">
+        <v>10</v>
+      </c>
+      <c r="D140" t="s">
+        <v>540</v>
+      </c>
+      <c r="E140" t="s">
         <v>541</v>
       </c>
-      <c r="B140" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F140" t="s">
-        <v>433</v>
+        <v>542</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>542</v>
+        <v>543</v>
       </c>
       <c r="H140" t="s">
-        <v>543</v>
+        <v>544</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>544</v>
+        <v>545</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="D141" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="E141" t="s">
-        <v>517</v>
+        <v>541</v>
       </c>
       <c r="F141" t="s">
-        <v>433</v>
+        <v>542</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>545</v>
+        <v>546</v>
       </c>
       <c r="H141" t="s">
-        <v>546</v>
+        <v>547</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>547</v>
+        <v>548</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>55</v>
+        <v>21</v>
       </c>
       <c r="D142" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="E142" t="s">
-        <v>517</v>
+        <v>541</v>
       </c>
       <c r="F142" t="s">
-        <v>433</v>
+        <v>549</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>548</v>
+        <v>550</v>
       </c>
       <c r="H142" t="s">
-        <v>549</v>
+        <v>551</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>550</v>
+        <v>552</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>60</v>
+        <v>25</v>
       </c>
       <c r="D143" t="s">
-        <v>516</v>
+        <v>540</v>
       </c>
       <c r="E143" t="s">
-        <v>517</v>
+        <v>541</v>
       </c>
       <c r="F143" t="s">
-        <v>433</v>
+        <v>542</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>551</v>
+        <v>553</v>
       </c>
       <c r="H143" t="s">
-        <v>552</v>
+        <v>554</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>553</v>
+        <v>555</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>64</v>
+        <v>10</v>
       </c>
       <c r="D144" t="s">
-        <v>516</v>
+        <v>556</v>
       </c>
       <c r="E144" t="s">
-        <v>517</v>
+        <v>557</v>
       </c>
       <c r="F144" t="s">
-        <v>433</v>
+        <v>558</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>554</v>
+        <v>559</v>
       </c>
       <c r="H144" t="s">
-        <v>555</v>
+        <v>560</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>556</v>
+        <v>561</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>69</v>
+        <v>10</v>
       </c>
       <c r="D145" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E145" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F145" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>557</v>
+        <v>564</v>
       </c>
       <c r="H145" t="s">
-        <v>558</v>
+        <v>565</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>559</v>
+        <v>566</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>74</v>
+        <v>17</v>
       </c>
       <c r="D146" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E146" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F146" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>560</v>
+        <v>567</v>
       </c>
       <c r="H146" t="s">
-        <v>561</v>
+        <v>568</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
+        <v>569</v>
+      </c>
+      <c r="B147" t="s">
+        <v>9</v>
+      </c>
+      <c r="C147" t="s">
+        <v>21</v>
+      </c>
+      <c r="D147" t="s">
         <v>562</v>
       </c>
-      <c r="B147" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E147" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F147" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="H147" t="s">
-        <v>564</v>
+        <v>571</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>565</v>
+        <v>572</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>83</v>
+        <v>25</v>
       </c>
       <c r="D148" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E148" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F148" t="s">
-        <v>500</v>
+        <v>463</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>566</v>
+        <v>573</v>
       </c>
       <c r="H148" t="s">
-        <v>567</v>
+        <v>574</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>568</v>
+        <v>575</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>88</v>
+        <v>30</v>
       </c>
       <c r="D149" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E149" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F149" t="s">
-        <v>500</v>
+        <v>463</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>569</v>
+        <v>576</v>
       </c>
       <c r="H149" t="s">
-        <v>570</v>
+        <v>577</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>571</v>
+        <v>578</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>92</v>
+        <v>34</v>
       </c>
       <c r="D150" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E150" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F150" t="s">
-        <v>433</v>
+        <v>542</v>
       </c>
       <c r="G150" s="1" t="s">
-        <v>572</v>
+        <v>579</v>
       </c>
       <c r="H150" t="s">
-        <v>573</v>
+        <v>580</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>574</v>
+        <v>581</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>97</v>
+        <v>38</v>
       </c>
       <c r="D151" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E151" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F151" t="s">
-        <v>433</v>
+        <v>542</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>575</v>
+        <v>582</v>
       </c>
       <c r="H151" t="s">
-        <v>576</v>
+        <v>583</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>577</v>
+        <v>584</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>101</v>
+        <v>42</v>
       </c>
       <c r="D152" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E152" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F152" t="s">
-        <v>433</v>
+        <v>26</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="H152" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>105</v>
+        <v>46</v>
       </c>
       <c r="D153" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E153" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F153" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="H153" t="s">
-        <v>582</v>
+        <v>589</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>583</v>
+        <v>590</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>109</v>
+        <v>51</v>
       </c>
       <c r="D154" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E154" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F154" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>584</v>
+        <v>591</v>
       </c>
       <c r="H154" t="s">
-        <v>585</v>
+        <v>592</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>586</v>
+        <v>593</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>113</v>
+        <v>55</v>
       </c>
       <c r="D155" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E155" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F155" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>587</v>
+        <v>594</v>
       </c>
       <c r="H155" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="B156" t="s">
         <v>9</v>
       </c>
       <c r="C156" t="s">
-        <v>117</v>
+        <v>60</v>
       </c>
       <c r="D156" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E156" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F156" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G156" s="1" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="H156" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B157" t="s">
         <v>9</v>
       </c>
       <c r="C157" t="s">
-        <v>121</v>
+        <v>64</v>
       </c>
       <c r="D157" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E157" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F157" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G157" s="1" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="H157" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="B158" t="s">
         <v>9</v>
       </c>
       <c r="C158" t="s">
-        <v>125</v>
+        <v>69</v>
       </c>
       <c r="D158" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E158" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F158" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G158" s="1" t="s">
-        <v>596</v>
+        <v>603</v>
       </c>
       <c r="H158" t="s">
-        <v>597</v>
+        <v>604</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>598</v>
+        <v>605</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>130</v>
+        <v>74</v>
       </c>
       <c r="D159" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E159" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F159" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>599</v>
+        <v>606</v>
       </c>
       <c r="H159" t="s">
-        <v>600</v>
+        <v>607</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>601</v>
+        <v>608</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>134</v>
+        <v>78</v>
       </c>
       <c r="D160" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E160" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F160" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>602</v>
+        <v>609</v>
       </c>
       <c r="H160" t="s">
-        <v>603</v>
+        <v>610</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
-        <v>604</v>
+        <v>611</v>
       </c>
       <c r="B161" t="s">
         <v>9</v>
       </c>
       <c r="C161" t="s">
-        <v>138</v>
+        <v>83</v>
       </c>
       <c r="D161" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E161" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F161" t="s">
-        <v>56</v>
+        <v>542</v>
       </c>
       <c r="G161" s="1" t="s">
-        <v>605</v>
+        <v>612</v>
       </c>
       <c r="H161" t="s">
-        <v>606</v>
+        <v>613</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
-        <v>607</v>
+        <v>614</v>
       </c>
       <c r="B162" t="s">
         <v>9</v>
       </c>
       <c r="C162" t="s">
-        <v>142</v>
+        <v>88</v>
       </c>
       <c r="D162" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E162" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F162" t="s">
-        <v>406</v>
+        <v>542</v>
       </c>
       <c r="G162" s="1" t="s">
-        <v>608</v>
+        <v>615</v>
       </c>
       <c r="H162" t="s">
-        <v>609</v>
+        <v>616</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
-        <v>610</v>
+        <v>617</v>
       </c>
       <c r="B163" t="s">
         <v>9</v>
       </c>
       <c r="C163" t="s">
-        <v>146</v>
+        <v>92</v>
       </c>
       <c r="D163" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E163" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F163" t="s">
-        <v>611</v>
+        <v>463</v>
       </c>
       <c r="G163" s="1" t="s">
-        <v>612</v>
+        <v>618</v>
       </c>
       <c r="H163" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>150</v>
+        <v>97</v>
       </c>
       <c r="D164" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E164" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F164" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="H164" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>154</v>
+        <v>101</v>
       </c>
       <c r="D165" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E165" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F165" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="H165" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>158</v>
+        <v>105</v>
       </c>
       <c r="D166" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E166" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F166" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="H166" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>623</v>
+        <v>629</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>162</v>
+        <v>109</v>
       </c>
       <c r="D167" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E167" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F167" t="s">
-        <v>26</v>
+        <v>463</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>624</v>
+        <v>630</v>
       </c>
       <c r="H167" t="s">
-        <v>625</v>
+        <v>631</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>626</v>
+        <v>632</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>167</v>
+        <v>113</v>
       </c>
       <c r="D168" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E168" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F168" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>627</v>
+        <v>633</v>
       </c>
       <c r="H168" t="s">
-        <v>628</v>
+        <v>634</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>629</v>
+        <v>635</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>171</v>
+        <v>117</v>
       </c>
       <c r="D169" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E169" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F169" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>630</v>
+        <v>636</v>
       </c>
       <c r="H169" t="s">
-        <v>631</v>
+        <v>637</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>632</v>
+        <v>638</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>175</v>
+        <v>121</v>
       </c>
       <c r="D170" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E170" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F170" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>633</v>
+        <v>639</v>
       </c>
       <c r="H170" t="s">
-        <v>634</v>
+        <v>640</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>635</v>
+        <v>641</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>180</v>
+        <v>125</v>
       </c>
       <c r="D171" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E171" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F171" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>636</v>
+        <v>642</v>
       </c>
       <c r="H171" t="s">
-        <v>637</v>
+        <v>643</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>638</v>
+        <v>644</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>183</v>
+        <v>130</v>
       </c>
       <c r="D172" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E172" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F172" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G172" s="1" t="s">
-        <v>639</v>
+        <v>645</v>
       </c>
       <c r="H172" t="s">
-        <v>640</v>
+        <v>646</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>641</v>
+        <v>647</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>187</v>
+        <v>134</v>
       </c>
       <c r="D173" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E173" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F173" t="s">
-        <v>209</v>
+        <v>463</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>642</v>
+        <v>648</v>
       </c>
       <c r="H173" t="s">
-        <v>643</v>
+        <v>649</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>644</v>
+        <v>650</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>192</v>
+        <v>138</v>
       </c>
       <c r="D174" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E174" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F174" t="s">
-        <v>433</v>
+        <v>56</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>645</v>
+        <v>651</v>
       </c>
       <c r="H174" t="s">
-        <v>646</v>
+        <v>652</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>647</v>
+        <v>653</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>196</v>
+        <v>142</v>
       </c>
       <c r="D175" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E175" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F175" t="s">
-        <v>433</v>
+        <v>430</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>648</v>
+        <v>654</v>
       </c>
       <c r="H175" t="s">
-        <v>649</v>
+        <v>655</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>650</v>
+        <v>656</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>200</v>
+        <v>146</v>
       </c>
       <c r="D176" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E176" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F176" t="s">
-        <v>209</v>
+        <v>657</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>651</v>
+        <v>658</v>
       </c>
       <c r="H176" t="s">
-        <v>652</v>
+        <v>659</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>653</v>
+        <v>660</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>204</v>
+        <v>150</v>
       </c>
       <c r="D177" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E177" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F177" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>654</v>
+        <v>661</v>
       </c>
       <c r="H177" t="s">
-        <v>655</v>
+        <v>662</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>656</v>
+        <v>663</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>208</v>
+        <v>154</v>
       </c>
       <c r="D178" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E178" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F178" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>657</v>
+        <v>664</v>
       </c>
       <c r="H178" t="s">
-        <v>658</v>
+        <v>665</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>659</v>
+        <v>666</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>213</v>
+        <v>158</v>
       </c>
       <c r="D179" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E179" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F179" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>660</v>
+        <v>667</v>
       </c>
       <c r="H179" t="s">
-        <v>661</v>
+        <v>668</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>662</v>
+        <v>669</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>217</v>
+        <v>162</v>
       </c>
       <c r="D180" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E180" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F180" t="s">
-        <v>209</v>
+        <v>26</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>663</v>
+        <v>670</v>
       </c>
       <c r="H180" t="s">
-        <v>664</v>
+        <v>671</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>665</v>
+        <v>672</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>221</v>
+        <v>167</v>
       </c>
       <c r="D181" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E181" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F181" t="s">
-        <v>209</v>
+        <v>463</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>666</v>
+        <v>673</v>
       </c>
       <c r="H181" t="s">
-        <v>667</v>
+        <v>674</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>668</v>
+        <v>675</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>225</v>
+        <v>171</v>
       </c>
       <c r="D182" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E182" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F182" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>669</v>
+        <v>676</v>
       </c>
       <c r="H182" t="s">
-        <v>670</v>
+        <v>677</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>671</v>
+        <v>678</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>229</v>
+        <v>175</v>
       </c>
       <c r="D183" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E183" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F183" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>672</v>
+        <v>679</v>
       </c>
       <c r="H183" t="s">
-        <v>673</v>
+        <v>680</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>674</v>
+        <v>681</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>233</v>
+        <v>180</v>
       </c>
       <c r="D184" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E184" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F184" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>675</v>
+        <v>682</v>
       </c>
       <c r="H184" t="s">
-        <v>676</v>
+        <v>683</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>677</v>
+        <v>684</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>237</v>
+        <v>183</v>
       </c>
       <c r="D185" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E185" t="s">
-        <v>517</v>
+        <v>563</v>
+      </c>
+      <c r="F185" t="s">
+        <v>463</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>678</v>
+        <v>685</v>
       </c>
       <c r="H185" t="s">
-        <v>679</v>
+        <v>686</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>680</v>
+        <v>687</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>241</v>
+        <v>187</v>
       </c>
       <c r="D186" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E186" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F186" t="s">
-        <v>433</v>
+        <v>209</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>681</v>
+        <v>688</v>
       </c>
       <c r="H186" t="s">
-        <v>682</v>
+        <v>689</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>683</v>
+        <v>690</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>245</v>
+        <v>192</v>
       </c>
       <c r="D187" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E187" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F187" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>684</v>
+        <v>691</v>
       </c>
       <c r="H187" t="s">
-        <v>685</v>
+        <v>692</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>686</v>
+        <v>693</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>249</v>
+        <v>196</v>
       </c>
       <c r="D188" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E188" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F188" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>687</v>
+        <v>694</v>
       </c>
       <c r="H188" t="s">
-        <v>688</v>
+        <v>695</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>689</v>
+        <v>696</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>253</v>
+        <v>200</v>
       </c>
       <c r="D189" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E189" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F189" t="s">
-        <v>433</v>
+        <v>209</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>690</v>
+        <v>697</v>
       </c>
       <c r="H189" t="s">
-        <v>691</v>
+        <v>698</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>692</v>
+        <v>699</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>257</v>
+        <v>204</v>
       </c>
       <c r="D190" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E190" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F190" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>693</v>
+        <v>700</v>
       </c>
       <c r="H190" t="s">
-        <v>694</v>
+        <v>701</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>695</v>
+        <v>702</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>261</v>
+        <v>208</v>
       </c>
       <c r="D191" t="s">
-        <v>516</v>
+        <v>562</v>
       </c>
       <c r="E191" t="s">
-        <v>517</v>
+        <v>563</v>
       </c>
       <c r="F191" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>696</v>
+        <v>703</v>
       </c>
       <c r="H191" t="s">
-        <v>697</v>
+        <v>704</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>698</v>
+        <v>705</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>10</v>
+        <v>213</v>
       </c>
       <c r="D192" t="s">
-        <v>699</v>
+        <v>562</v>
       </c>
       <c r="E192" t="s">
-        <v>700</v>
+        <v>563</v>
       </c>
       <c r="F192" t="s">
-        <v>433</v>
+        <v>463</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>701</v>
+        <v>706</v>
       </c>
       <c r="H192" t="s">
-        <v>702</v>
+        <v>707</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>703</v>
+        <v>708</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
+        <v>217</v>
+      </c>
+      <c r="D193" t="s">
+        <v>562</v>
+      </c>
+      <c r="E193" t="s">
+        <v>563</v>
+      </c>
+      <c r="F193" t="s">
+        <v>209</v>
+      </c>
+      <c r="G193" s="1" t="s">
+        <v>709</v>
+      </c>
+      <c r="H193" t="s">
+        <v>710</v>
+      </c>
+    </row>
+    <row r="194" spans="1:8">
+      <c r="A194" t="s">
+        <v>711</v>
+      </c>
+      <c r="B194" t="s">
+        <v>9</v>
+      </c>
+      <c r="C194" t="s">
+        <v>221</v>
+      </c>
+      <c r="D194" t="s">
+        <v>562</v>
+      </c>
+      <c r="E194" t="s">
+        <v>563</v>
+      </c>
+      <c r="F194" t="s">
+        <v>209</v>
+      </c>
+      <c r="G194" s="1" t="s">
+        <v>712</v>
+      </c>
+      <c r="H194" t="s">
+        <v>713</v>
+      </c>
+    </row>
+    <row r="195" spans="1:8">
+      <c r="A195" t="s">
+        <v>714</v>
+      </c>
+      <c r="B195" t="s">
+        <v>9</v>
+      </c>
+      <c r="C195" t="s">
+        <v>225</v>
+      </c>
+      <c r="D195" t="s">
+        <v>562</v>
+      </c>
+      <c r="E195" t="s">
+        <v>563</v>
+      </c>
+      <c r="F195" t="s">
+        <v>463</v>
+      </c>
+      <c r="G195" s="1" t="s">
+        <v>715</v>
+      </c>
+      <c r="H195" t="s">
+        <v>716</v>
+      </c>
+    </row>
+    <row r="196" spans="1:8">
+      <c r="A196" t="s">
+        <v>717</v>
+      </c>
+      <c r="B196" t="s">
+        <v>9</v>
+      </c>
+      <c r="C196" t="s">
+        <v>229</v>
+      </c>
+      <c r="D196" t="s">
+        <v>562</v>
+      </c>
+      <c r="E196" t="s">
+        <v>563</v>
+      </c>
+      <c r="F196" t="s">
+        <v>287</v>
+      </c>
+      <c r="G196" s="1" t="s">
+        <v>718</v>
+      </c>
+      <c r="H196" t="s">
+        <v>719</v>
+      </c>
+    </row>
+    <row r="197" spans="1:8">
+      <c r="A197" t="s">
+        <v>720</v>
+      </c>
+      <c r="B197" t="s">
+        <v>9</v>
+      </c>
+      <c r="C197" t="s">
+        <v>233</v>
+      </c>
+      <c r="D197" t="s">
+        <v>562</v>
+      </c>
+      <c r="E197" t="s">
+        <v>563</v>
+      </c>
+      <c r="F197" t="s">
+        <v>463</v>
+      </c>
+      <c r="G197" s="1" t="s">
+        <v>721</v>
+      </c>
+      <c r="H197" t="s">
+        <v>722</v>
+      </c>
+    </row>
+    <row r="198" spans="1:8">
+      <c r="A198" t="s">
+        <v>723</v>
+      </c>
+      <c r="B198" t="s">
+        <v>9</v>
+      </c>
+      <c r="C198" t="s">
+        <v>237</v>
+      </c>
+      <c r="D198" t="s">
+        <v>562</v>
+      </c>
+      <c r="E198" t="s">
+        <v>563</v>
+      </c>
+      <c r="F198" t="s">
+        <v>209</v>
+      </c>
+      <c r="G198" s="1" t="s">
+        <v>724</v>
+      </c>
+      <c r="H198" t="s">
+        <v>725</v>
+      </c>
+    </row>
+    <row r="199" spans="1:8">
+      <c r="A199" t="s">
+        <v>726</v>
+      </c>
+      <c r="B199" t="s">
+        <v>9</v>
+      </c>
+      <c r="C199" t="s">
+        <v>241</v>
+      </c>
+      <c r="D199" t="s">
+        <v>562</v>
+      </c>
+      <c r="E199" t="s">
+        <v>563</v>
+      </c>
+      <c r="F199" t="s">
+        <v>463</v>
+      </c>
+      <c r="G199" s="1" t="s">
+        <v>727</v>
+      </c>
+      <c r="H199" t="s">
+        <v>728</v>
+      </c>
+    </row>
+    <row r="200" spans="1:8">
+      <c r="A200" t="s">
+        <v>729</v>
+      </c>
+      <c r="B200" t="s">
+        <v>9</v>
+      </c>
+      <c r="C200" t="s">
+        <v>245</v>
+      </c>
+      <c r="D200" t="s">
+        <v>562</v>
+      </c>
+      <c r="E200" t="s">
+        <v>563</v>
+      </c>
+      <c r="F200" t="s">
+        <v>463</v>
+      </c>
+      <c r="G200" s="1" t="s">
+        <v>730</v>
+      </c>
+      <c r="H200" t="s">
+        <v>731</v>
+      </c>
+    </row>
+    <row r="201" spans="1:8">
+      <c r="A201" t="s">
+        <v>732</v>
+      </c>
+      <c r="B201" t="s">
+        <v>9</v>
+      </c>
+      <c r="C201" t="s">
+        <v>249</v>
+      </c>
+      <c r="D201" t="s">
+        <v>562</v>
+      </c>
+      <c r="E201" t="s">
+        <v>563</v>
+      </c>
+      <c r="F201" t="s">
+        <v>463</v>
+      </c>
+      <c r="G201" s="1" t="s">
+        <v>733</v>
+      </c>
+      <c r="H201" t="s">
+        <v>734</v>
+      </c>
+    </row>
+    <row r="202" spans="1:8">
+      <c r="A202" t="s">
+        <v>735</v>
+      </c>
+      <c r="B202" t="s">
+        <v>9</v>
+      </c>
+      <c r="C202" t="s">
+        <v>253</v>
+      </c>
+      <c r="D202" t="s">
+        <v>562</v>
+      </c>
+      <c r="E202" t="s">
+        <v>563</v>
+      </c>
+      <c r="F202" t="s">
+        <v>463</v>
+      </c>
+      <c r="G202" s="1" t="s">
+        <v>736</v>
+      </c>
+      <c r="H202" t="s">
+        <v>737</v>
+      </c>
+    </row>
+    <row r="203" spans="1:8">
+      <c r="A203" t="s">
+        <v>738</v>
+      </c>
+      <c r="B203" t="s">
+        <v>9</v>
+      </c>
+      <c r="C203" t="s">
+        <v>257</v>
+      </c>
+      <c r="D203" t="s">
+        <v>562</v>
+      </c>
+      <c r="E203" t="s">
+        <v>563</v>
+      </c>
+      <c r="F203" t="s">
+        <v>463</v>
+      </c>
+      <c r="G203" s="1" t="s">
+        <v>739</v>
+      </c>
+      <c r="H203" t="s">
+        <v>740</v>
+      </c>
+    </row>
+    <row r="204" spans="1:8">
+      <c r="A204" t="s">
+        <v>741</v>
+      </c>
+      <c r="B204" t="s">
+        <v>9</v>
+      </c>
+      <c r="C204" t="s">
+        <v>261</v>
+      </c>
+      <c r="D204" t="s">
+        <v>562</v>
+      </c>
+      <c r="E204" t="s">
+        <v>563</v>
+      </c>
+      <c r="F204" t="s">
+        <v>463</v>
+      </c>
+      <c r="G204" s="1" t="s">
+        <v>742</v>
+      </c>
+      <c r="H204" t="s">
+        <v>743</v>
+      </c>
+    </row>
+    <row r="205" spans="1:8">
+      <c r="A205" t="s">
+        <v>744</v>
+      </c>
+      <c r="B205" t="s">
+        <v>9</v>
+      </c>
+      <c r="C205" t="s">
+        <v>265</v>
+      </c>
+      <c r="D205" t="s">
+        <v>562</v>
+      </c>
+      <c r="E205" t="s">
+        <v>563</v>
+      </c>
+      <c r="F205" t="s">
+        <v>463</v>
+      </c>
+      <c r="G205" s="1" t="s">
+        <v>745</v>
+      </c>
+      <c r="H205" t="s">
+        <v>746</v>
+      </c>
+    </row>
+    <row r="206" spans="1:8">
+      <c r="A206" t="s">
+        <v>747</v>
+      </c>
+      <c r="B206" t="s">
+        <v>9</v>
+      </c>
+      <c r="C206" t="s">
+        <v>269</v>
+      </c>
+      <c r="D206" t="s">
+        <v>562</v>
+      </c>
+      <c r="E206" t="s">
+        <v>563</v>
+      </c>
+      <c r="F206" t="s">
+        <v>463</v>
+      </c>
+      <c r="G206" s="1" t="s">
+        <v>748</v>
+      </c>
+      <c r="H206" t="s">
+        <v>749</v>
+      </c>
+    </row>
+    <row r="207" spans="1:8">
+      <c r="A207" t="s">
+        <v>750</v>
+      </c>
+      <c r="B207" t="s">
+        <v>9</v>
+      </c>
+      <c r="C207" t="s">
+        <v>10</v>
+      </c>
+      <c r="D207" t="s">
+        <v>751</v>
+      </c>
+      <c r="E207" t="s">
+        <v>752</v>
+      </c>
+      <c r="F207" t="s">
+        <v>463</v>
+      </c>
+      <c r="G207" s="1" t="s">
+        <v>753</v>
+      </c>
+      <c r="H207" t="s">
+        <v>754</v>
+      </c>
+    </row>
+    <row r="208" spans="1:8">
+      <c r="A208" t="s">
+        <v>755</v>
+      </c>
+      <c r="B208" t="s">
+        <v>9</v>
+      </c>
+      <c r="C208" t="s">
         <v>17</v>
       </c>
-      <c r="D193" t="s">
-[...12 lines deleted...]
-        <v>705</v>
+      <c r="D208" t="s">
+        <v>751</v>
+      </c>
+      <c r="E208" t="s">
+        <v>752</v>
+      </c>
+      <c r="F208" t="s">
+        <v>463</v>
+      </c>
+      <c r="G208" s="1" t="s">
+        <v>756</v>
+      </c>
+      <c r="H208" t="s">
+        <v>757</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -7698,50 +8254,65 @@
     <hyperlink ref="G169" r:id="rId168"/>
     <hyperlink ref="G170" r:id="rId169"/>
     <hyperlink ref="G171" r:id="rId170"/>
     <hyperlink ref="G172" r:id="rId171"/>
     <hyperlink ref="G173" r:id="rId172"/>
     <hyperlink ref="G174" r:id="rId173"/>
     <hyperlink ref="G175" r:id="rId174"/>
     <hyperlink ref="G176" r:id="rId175"/>
     <hyperlink ref="G177" r:id="rId176"/>
     <hyperlink ref="G178" r:id="rId177"/>
     <hyperlink ref="G179" r:id="rId178"/>
     <hyperlink ref="G180" r:id="rId179"/>
     <hyperlink ref="G181" r:id="rId180"/>
     <hyperlink ref="G182" r:id="rId181"/>
     <hyperlink ref="G183" r:id="rId182"/>
     <hyperlink ref="G184" r:id="rId183"/>
     <hyperlink ref="G185" r:id="rId184"/>
     <hyperlink ref="G186" r:id="rId185"/>
     <hyperlink ref="G187" r:id="rId186"/>
     <hyperlink ref="G188" r:id="rId187"/>
     <hyperlink ref="G189" r:id="rId188"/>
     <hyperlink ref="G190" r:id="rId189"/>
     <hyperlink ref="G191" r:id="rId190"/>
     <hyperlink ref="G192" r:id="rId191"/>
     <hyperlink ref="G193" r:id="rId192"/>
+    <hyperlink ref="G194" r:id="rId193"/>
+    <hyperlink ref="G195" r:id="rId194"/>
+    <hyperlink ref="G196" r:id="rId195"/>
+    <hyperlink ref="G197" r:id="rId196"/>
+    <hyperlink ref="G198" r:id="rId197"/>
+    <hyperlink ref="G199" r:id="rId198"/>
+    <hyperlink ref="G200" r:id="rId199"/>
+    <hyperlink ref="G201" r:id="rId200"/>
+    <hyperlink ref="G202" r:id="rId201"/>
+    <hyperlink ref="G203" r:id="rId202"/>
+    <hyperlink ref="G204" r:id="rId203"/>
+    <hyperlink ref="G205" r:id="rId204"/>
+    <hyperlink ref="G206" r:id="rId205"/>
+    <hyperlink ref="G207" r:id="rId206"/>
+    <hyperlink ref="G208" r:id="rId207"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>